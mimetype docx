--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -1,3129 +1,1709 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00395EA1" w:rsidRDefault="00395EA1">
+    <w:p w14:paraId="42FFC42F" w14:textId="408D0ED8" w:rsidR="00395EA1" w:rsidRDefault="00395EA1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C76C2B" w:rsidRDefault="00D97057" w:rsidP="00D97057">
+    <w:p w14:paraId="69162A85" w14:textId="77777777" w:rsidR="00C76C2B" w:rsidRDefault="00D97057" w:rsidP="00D97057">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NOTICE TO TAXPAYERS OF PROPOSED ADDITIONAL APPROPRIATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D97057" w:rsidRDefault="00D97057" w:rsidP="00D97057">
+    <w:p w14:paraId="126A1C4B" w14:textId="74E63EA0" w:rsidR="00D97057" w:rsidRDefault="00D97057" w:rsidP="00D97057">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123BF9">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00AB2C0F">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="002D12DD" w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D97057" w:rsidRDefault="00D97057" w:rsidP="00D97057">
+    <w:p w14:paraId="0BCC12E9" w14:textId="0BF5A238" w:rsidR="00D97057" w:rsidRDefault="00D97057" w:rsidP="00D97057">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice is hereby given to the taxpayers of Jasper County Government, Jasper County Indiana, the proper and legal officers of the Jasper County Council will meet on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00840094">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tuesday</w:t>
       </w:r>
-      <w:r w:rsidR="00335036" w:rsidRPr="00840094">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00335036" w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00AB2C0F">
-[...13 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="002D12DD" w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>February 17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04778" w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB2C0F">
-[...31 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00AB2C0F">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="002D12DD" w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840094">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:r w:rsidR="00AF35D9" w:rsidRPr="00840094">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00AF35D9" w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00840094">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">., C.S.T. at </w:t>
+      <w:r w:rsidRPr="00AD6B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:00 P.M.,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C.S.T. at </w:t>
       </w:r>
       <w:r w:rsidR="00CC360B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>910 S Sparling Ave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Rensselaer, to consider the following additional appropriations in excess of the budget for the current year of 202</w:t>
       </w:r>
-      <w:r w:rsidR="00AB2C0F">
-[...5 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="007F5070">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D97057" w:rsidRDefault="00D97057" w:rsidP="00D97057">
+    <w:p w14:paraId="2EFE27D2" w14:textId="77777777" w:rsidR="00D97057" w:rsidRDefault="00D97057" w:rsidP="00D97057">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA04A3" w:rsidRPr="00123BF9" w:rsidRDefault="00AB2C0F" w:rsidP="00FA04A3">
+    <w:p w14:paraId="674A7F73" w14:textId="77777777" w:rsidR="00FA04A3" w:rsidRPr="00E16DD1" w:rsidRDefault="00FA04A3" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>MVH RESTRICTED</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FA04A3" w:rsidRDefault="00AB2C0F" w:rsidP="00FA04A3">
+        <w:t>COUNTY GENERAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300848A7" w14:textId="5CA8C8C2" w:rsidR="00FA04A3" w:rsidRDefault="002D12DD" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...142 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regional Planning (1000.30174.00000.0068)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidR="00FA04A3" w:rsidRPr="00123BF9">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4,937</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB2C0F" w:rsidRPr="00123BF9" w:rsidRDefault="00AB2C0F" w:rsidP="00FA04A3">
+    <w:p w14:paraId="014379B4" w14:textId="1EA4C839" w:rsidR="00F74457" w:rsidRDefault="00F74457" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...94 lines deleted...]
-    <w:p w:rsidR="00FA04A3" w:rsidRPr="00123BF9" w:rsidRDefault="006A0B8E" w:rsidP="00EF178F">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elected Official (1000.10051.00000.0001)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   $2,500.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028B2298" w14:textId="201BAE93" w:rsidR="00F74457" w:rsidRDefault="00F74457" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...173 lines deleted...]
-    <w:p w:rsidR="00EF178F" w:rsidRPr="00123BF9" w:rsidRDefault="00EF178F" w:rsidP="00EF178F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elected Official (1000.10051.00000.0003)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   $2,500.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2D468A" w14:textId="444F3E30" w:rsidR="00F74457" w:rsidRPr="00E16DD1" w:rsidRDefault="00F74457" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00FA04A3" w:rsidRPr="00123BF9" w:rsidRDefault="00AB2C0F" w:rsidP="00FA04A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elected Official (1000.10051.00000.0004)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   $2,500.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D7FB65" w14:textId="78F5EF97" w:rsidR="00FA04A3" w:rsidRPr="00E16DD1" w:rsidRDefault="006A0B8E" w:rsidP="00EF178F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00FA04A3" w:rsidRDefault="00AB2C0F" w:rsidP="00FA04A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TOTAL COUNTY GENERAL FUND:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF178F" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF178F" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D12DD" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE23B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12,437.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF178F" w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D42B88" w14:textId="77777777" w:rsidR="00EF178F" w:rsidRPr="00123BF9" w:rsidRDefault="00EF178F" w:rsidP="00EF178F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk190872418"/>
-[...174 lines deleted...]
-    <w:p w:rsidR="0042257A" w:rsidRPr="00123BF9" w:rsidRDefault="0042257A" w:rsidP="00FA04A3">
+    </w:p>
+    <w:p w14:paraId="0696D215" w14:textId="5F2CBF01" w:rsidR="00FA04A3" w:rsidRPr="000614AC" w:rsidRDefault="000614AC" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...98 lines deleted...]
-    <w:p w:rsidR="00FA04A3" w:rsidRPr="00123BF9" w:rsidRDefault="00FA04A3" w:rsidP="00FA04A3">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>OPIOID RESTRICTED FUND</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630622A7" w14:textId="223F8623" w:rsidR="00FA04A3" w:rsidRDefault="000614AC" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...73 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk190872418"/>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>House of Grace-Recovery Homes</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C7F" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>237</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30215</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.00000.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A29F2" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="0042257A">
-[...27 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00FA04A3" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="0042257A">
-[...20 lines deleted...]
-    <w:p w:rsidR="00EF178F" w:rsidRPr="00123BF9" w:rsidRDefault="00EF178F" w:rsidP="00FA04A3">
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C7F" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,000.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0465845B" w14:textId="50527EB7" w:rsidR="00743453" w:rsidRPr="000614AC" w:rsidRDefault="00743453" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FA04A3" w:rsidRPr="00123BF9" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GracePointe Resource Center </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1237.30213.00000.0000)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$15,000.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6C5541" w14:textId="5913B942" w:rsidR="00FA04A3" w:rsidRDefault="00FA04A3" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00FA04A3" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">TOTAL </w:t>
+      </w:r>
+      <w:r w:rsidR="000614AC" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OPIOID RESTRICTED </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>FUND:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="000614AC" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000614AC" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000614AC" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C7F" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00743453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46C7F" w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000614AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DF854A" w14:textId="77777777" w:rsidR="00743453" w:rsidRDefault="00743453" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...149 lines deleted...]
-    <w:p w:rsidR="00B6584F" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35C93529" w14:textId="77777777" w:rsidR="000D262E" w:rsidRPr="00123BF9" w:rsidRDefault="000D262E" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...93 lines deleted...]
-    <w:p w:rsidR="00B6584F" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+    </w:p>
+    <w:p w14:paraId="03092D75" w14:textId="358BD2B6" w:rsidR="000D262E" w:rsidRPr="005F6390" w:rsidRDefault="005F6390" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...96 lines deleted...]
-    <w:p w:rsidR="00B6584F" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F6390">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>OPIOID UNRESTRICTED</w:t>
+      </w:r>
+      <w:r w:rsidR="0052080C" w:rsidRPr="005F6390">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F6390">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>FUND</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12218087" w14:textId="3D5C3AF8" w:rsidR="000D262E" w:rsidRPr="00FA2E46" w:rsidRDefault="00FA2E46" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...96 lines deleted...]
-    <w:p w:rsidR="00B6584F" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Woven Hope</w:t>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1238</w:t>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30212</w:t>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.00000.0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9409C" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20,000</w:t>
+      </w:r>
+      <w:r w:rsidR="000D262E" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4C762A" w14:textId="3DDF7D83" w:rsidR="000D262E" w:rsidRPr="000D262E" w:rsidRDefault="000D262E" w:rsidP="00FA04A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...87 lines deleted...]
-    <w:p w:rsidR="00B6584F" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA5CDC" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TOTAL</w:t>
+      </w:r>
+      <w:r w:rsidR="0019302B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OPIOID UNRESTRICTED FUND</w:t>
+      </w:r>
+      <w:r w:rsidR="0052080C" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0052080C" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA5CDC" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA5CDC" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2E46" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20,000</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5CDC" w:rsidRPr="00FA2E46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525DFFCD" w14:textId="77777777" w:rsidR="008D407E" w:rsidRDefault="008D407E" w:rsidP="00E10961">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...98 lines deleted...]
-    <w:p w:rsidR="00B6584F" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2B2D71" w14:textId="77777777" w:rsidR="00FC7FA6" w:rsidRPr="00E10961" w:rsidRDefault="00FC7FA6" w:rsidP="00E10961">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...78 lines deleted...]
-    <w:p w:rsidR="00B6584F" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="427B3D50" w14:textId="77777777" w:rsidR="00FC7FA6" w:rsidRDefault="002D273F" w:rsidP="00D97057">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...99 lines deleted...]
-    <w:p w:rsidR="00B6584F" w:rsidRPr="00123BF9" w:rsidRDefault="00B6584F" w:rsidP="00FA04A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Taxpayers attending and signing on to this meeting shall have a right to be heard. The additional appropriations as finally made will be referred to the Indiana Department of Local Government Finance (DLGF). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEC0A3F" w14:textId="77777777" w:rsidR="002D273F" w:rsidRDefault="002D273F" w:rsidP="00D97057">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...857 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The DLGF will make a written determination as to the sufficiency of funds to support the appropriations made within fifteen (15) days of receipt of a certified copy of action taken. </w:t>
       </w:r>
       <w:r w:rsidR="002345D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Diana Boersma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Auditor of Jasper County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC7FA6" w:rsidRPr="00D97057" w:rsidRDefault="00FC7FA6" w:rsidP="00D97057">
+    <w:p w14:paraId="5651C0BE" w14:textId="77777777" w:rsidR="00FC7FA6" w:rsidRPr="00D97057" w:rsidRDefault="00FC7FA6" w:rsidP="00D97057">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FC7FA6" w:rsidRPr="00D97057" w:rsidSect="00F869EB">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00395EA1" w:rsidRDefault="00395EA1" w:rsidP="00395EA1">
+    <w:p w14:paraId="147E15A3" w14:textId="77777777" w:rsidR="00395EA1" w:rsidRDefault="00395EA1" w:rsidP="00395EA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00395EA1" w:rsidRDefault="00395EA1" w:rsidP="00395EA1">
+    <w:p w14:paraId="53958172" w14:textId="77777777" w:rsidR="00395EA1" w:rsidRDefault="00395EA1" w:rsidP="00395EA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00395EA1" w:rsidRDefault="00395EA1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="24B99AAD" w14:textId="77777777" w:rsidR="00395EA1" w:rsidRDefault="00395EA1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00395EA1">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="350819EE" wp14:editId="12D78F43">
           <wp:extent cx="6682154" cy="452120"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="5" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
@@ -3132,392 +1712,398 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6693937" cy="452917"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00395EA1" w:rsidRDefault="00395EA1" w:rsidP="00395EA1">
+    <w:p w14:paraId="7D3DEF17" w14:textId="77777777" w:rsidR="00395EA1" w:rsidRDefault="00395EA1" w:rsidP="00395EA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00395EA1" w:rsidRDefault="00395EA1" w:rsidP="00395EA1">
+    <w:p w14:paraId="40E79306" w14:textId="77777777" w:rsidR="00395EA1" w:rsidRDefault="00395EA1" w:rsidP="00395EA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000557FC"/>
     <w:rsid w:val="000150EF"/>
     <w:rsid w:val="000167E0"/>
-    <w:rsid w:val="00020117"/>
     <w:rsid w:val="00031A27"/>
+    <w:rsid w:val="00040B37"/>
     <w:rsid w:val="000557FC"/>
+    <w:rsid w:val="000614AC"/>
     <w:rsid w:val="000879FC"/>
     <w:rsid w:val="00095F29"/>
     <w:rsid w:val="000A3191"/>
     <w:rsid w:val="000D01C5"/>
     <w:rsid w:val="000D1710"/>
     <w:rsid w:val="000D262E"/>
     <w:rsid w:val="000E033E"/>
     <w:rsid w:val="001061CD"/>
     <w:rsid w:val="00111555"/>
     <w:rsid w:val="00112768"/>
     <w:rsid w:val="0011657F"/>
     <w:rsid w:val="00123833"/>
     <w:rsid w:val="00123BF9"/>
     <w:rsid w:val="00141175"/>
     <w:rsid w:val="001441E7"/>
     <w:rsid w:val="00156933"/>
     <w:rsid w:val="00173D90"/>
     <w:rsid w:val="0019097C"/>
+    <w:rsid w:val="0019302B"/>
     <w:rsid w:val="001A6B6B"/>
     <w:rsid w:val="001A7833"/>
     <w:rsid w:val="001B4B1A"/>
     <w:rsid w:val="001C5616"/>
     <w:rsid w:val="00206BE8"/>
     <w:rsid w:val="00207944"/>
     <w:rsid w:val="0021641C"/>
     <w:rsid w:val="002345D0"/>
     <w:rsid w:val="00244533"/>
     <w:rsid w:val="00262FB6"/>
     <w:rsid w:val="00296230"/>
     <w:rsid w:val="002A34E9"/>
     <w:rsid w:val="002B6544"/>
     <w:rsid w:val="002C00F5"/>
     <w:rsid w:val="002C2C34"/>
+    <w:rsid w:val="002D12DD"/>
     <w:rsid w:val="002D273F"/>
     <w:rsid w:val="002D52AF"/>
     <w:rsid w:val="002E0186"/>
     <w:rsid w:val="00305869"/>
     <w:rsid w:val="00310F00"/>
     <w:rsid w:val="00333480"/>
     <w:rsid w:val="00335036"/>
     <w:rsid w:val="0034198F"/>
     <w:rsid w:val="00395EA1"/>
     <w:rsid w:val="003A274C"/>
     <w:rsid w:val="003F22C6"/>
     <w:rsid w:val="004025F1"/>
-    <w:rsid w:val="0042257A"/>
     <w:rsid w:val="0043187B"/>
     <w:rsid w:val="004321CC"/>
     <w:rsid w:val="00436698"/>
     <w:rsid w:val="004606B0"/>
-    <w:rsid w:val="00460D57"/>
     <w:rsid w:val="00465592"/>
     <w:rsid w:val="00465A1D"/>
     <w:rsid w:val="00473064"/>
     <w:rsid w:val="00480BFD"/>
     <w:rsid w:val="0048256C"/>
     <w:rsid w:val="00490555"/>
     <w:rsid w:val="00501702"/>
     <w:rsid w:val="005112FA"/>
     <w:rsid w:val="0051489A"/>
+    <w:rsid w:val="00516B2A"/>
     <w:rsid w:val="0052080C"/>
     <w:rsid w:val="005306C7"/>
     <w:rsid w:val="005531D8"/>
     <w:rsid w:val="0059590F"/>
     <w:rsid w:val="00595FE7"/>
     <w:rsid w:val="005D0B73"/>
     <w:rsid w:val="005D408C"/>
+    <w:rsid w:val="005F6390"/>
     <w:rsid w:val="006034EB"/>
     <w:rsid w:val="00605E84"/>
     <w:rsid w:val="00607C15"/>
     <w:rsid w:val="006240FA"/>
     <w:rsid w:val="00640C8A"/>
     <w:rsid w:val="00656D20"/>
     <w:rsid w:val="0065726D"/>
     <w:rsid w:val="0066030F"/>
     <w:rsid w:val="00673FF8"/>
     <w:rsid w:val="00676CA0"/>
     <w:rsid w:val="00676F2D"/>
     <w:rsid w:val="00690AED"/>
     <w:rsid w:val="00693833"/>
     <w:rsid w:val="00696441"/>
     <w:rsid w:val="006A0B8E"/>
     <w:rsid w:val="006A41CF"/>
     <w:rsid w:val="006C17EE"/>
     <w:rsid w:val="006C47D7"/>
     <w:rsid w:val="006C5427"/>
     <w:rsid w:val="006E07E5"/>
     <w:rsid w:val="006E69E8"/>
     <w:rsid w:val="006F6547"/>
     <w:rsid w:val="00705572"/>
     <w:rsid w:val="00712A50"/>
     <w:rsid w:val="00730003"/>
     <w:rsid w:val="00732DFD"/>
+    <w:rsid w:val="00743453"/>
     <w:rsid w:val="00746C76"/>
     <w:rsid w:val="00755354"/>
     <w:rsid w:val="007578C8"/>
     <w:rsid w:val="00761674"/>
     <w:rsid w:val="00772BD1"/>
     <w:rsid w:val="00780746"/>
     <w:rsid w:val="0079648A"/>
     <w:rsid w:val="007A5E09"/>
     <w:rsid w:val="007A5F21"/>
     <w:rsid w:val="007B0A0F"/>
     <w:rsid w:val="007B4CC2"/>
     <w:rsid w:val="007C626C"/>
     <w:rsid w:val="007D0422"/>
     <w:rsid w:val="007D05C5"/>
     <w:rsid w:val="007D56DE"/>
     <w:rsid w:val="007D651E"/>
     <w:rsid w:val="007F5070"/>
     <w:rsid w:val="0081332E"/>
     <w:rsid w:val="008304FE"/>
     <w:rsid w:val="00840094"/>
     <w:rsid w:val="00850B7D"/>
     <w:rsid w:val="00871A10"/>
     <w:rsid w:val="008815A7"/>
     <w:rsid w:val="008915EE"/>
     <w:rsid w:val="008967FC"/>
     <w:rsid w:val="008972D2"/>
     <w:rsid w:val="008A29F2"/>
     <w:rsid w:val="008A68F3"/>
     <w:rsid w:val="008C48D9"/>
     <w:rsid w:val="008C490A"/>
     <w:rsid w:val="008D100E"/>
     <w:rsid w:val="008D407E"/>
     <w:rsid w:val="0090119B"/>
     <w:rsid w:val="009129EB"/>
     <w:rsid w:val="0092415D"/>
     <w:rsid w:val="00930EBA"/>
     <w:rsid w:val="009319D3"/>
     <w:rsid w:val="00976E81"/>
     <w:rsid w:val="00984ECC"/>
     <w:rsid w:val="00993A0A"/>
     <w:rsid w:val="0099552D"/>
     <w:rsid w:val="009960D3"/>
     <w:rsid w:val="009B256F"/>
     <w:rsid w:val="009C5259"/>
     <w:rsid w:val="009D0AFA"/>
     <w:rsid w:val="009D515F"/>
     <w:rsid w:val="009E012E"/>
     <w:rsid w:val="009E59B1"/>
     <w:rsid w:val="009E703C"/>
+    <w:rsid w:val="009F17E2"/>
     <w:rsid w:val="00A00D3F"/>
     <w:rsid w:val="00A04EE7"/>
     <w:rsid w:val="00A10D6A"/>
     <w:rsid w:val="00A20CBC"/>
     <w:rsid w:val="00A250ED"/>
+    <w:rsid w:val="00A268D4"/>
     <w:rsid w:val="00A269C3"/>
     <w:rsid w:val="00A35D33"/>
     <w:rsid w:val="00A65AB3"/>
     <w:rsid w:val="00A7465C"/>
     <w:rsid w:val="00A748A6"/>
     <w:rsid w:val="00A74A3E"/>
     <w:rsid w:val="00A9409C"/>
     <w:rsid w:val="00A95DC1"/>
-    <w:rsid w:val="00AB2C0F"/>
     <w:rsid w:val="00AC4AF7"/>
     <w:rsid w:val="00AC6FDB"/>
+    <w:rsid w:val="00AD6B29"/>
     <w:rsid w:val="00AF35D9"/>
     <w:rsid w:val="00B07313"/>
     <w:rsid w:val="00B15699"/>
     <w:rsid w:val="00B312D1"/>
     <w:rsid w:val="00B40F29"/>
     <w:rsid w:val="00B43360"/>
     <w:rsid w:val="00B4436E"/>
     <w:rsid w:val="00B52F6E"/>
-    <w:rsid w:val="00B6584F"/>
     <w:rsid w:val="00B74C72"/>
     <w:rsid w:val="00B77352"/>
     <w:rsid w:val="00B92276"/>
     <w:rsid w:val="00B941F3"/>
     <w:rsid w:val="00B961AC"/>
     <w:rsid w:val="00BA00B1"/>
     <w:rsid w:val="00BC7E57"/>
     <w:rsid w:val="00BF5325"/>
     <w:rsid w:val="00C05AD4"/>
     <w:rsid w:val="00C16177"/>
     <w:rsid w:val="00C16738"/>
     <w:rsid w:val="00C248B5"/>
     <w:rsid w:val="00C304F0"/>
     <w:rsid w:val="00C4014D"/>
     <w:rsid w:val="00C679A0"/>
     <w:rsid w:val="00C70A5F"/>
     <w:rsid w:val="00C76C2B"/>
     <w:rsid w:val="00C813EF"/>
     <w:rsid w:val="00CA0EC0"/>
     <w:rsid w:val="00CA6D17"/>
     <w:rsid w:val="00CB0494"/>
     <w:rsid w:val="00CC21A9"/>
     <w:rsid w:val="00CC360B"/>
+    <w:rsid w:val="00CE23B8"/>
     <w:rsid w:val="00CE3685"/>
     <w:rsid w:val="00CF5ACD"/>
     <w:rsid w:val="00CF7FA2"/>
     <w:rsid w:val="00D00DC4"/>
     <w:rsid w:val="00D4308C"/>
     <w:rsid w:val="00D516C0"/>
     <w:rsid w:val="00D70C13"/>
     <w:rsid w:val="00D80262"/>
     <w:rsid w:val="00D95E6D"/>
     <w:rsid w:val="00D97057"/>
     <w:rsid w:val="00DA29DC"/>
     <w:rsid w:val="00DA3B95"/>
     <w:rsid w:val="00DB1950"/>
     <w:rsid w:val="00DB330C"/>
     <w:rsid w:val="00DC511C"/>
     <w:rsid w:val="00DD3A91"/>
     <w:rsid w:val="00E10961"/>
-    <w:rsid w:val="00E1123E"/>
+    <w:rsid w:val="00E16DD1"/>
     <w:rsid w:val="00E46C7F"/>
     <w:rsid w:val="00E47B5C"/>
     <w:rsid w:val="00E54F23"/>
     <w:rsid w:val="00E63CF2"/>
     <w:rsid w:val="00E67195"/>
     <w:rsid w:val="00EA0025"/>
     <w:rsid w:val="00EB3C2A"/>
     <w:rsid w:val="00EE3714"/>
     <w:rsid w:val="00EF178F"/>
     <w:rsid w:val="00EF42CB"/>
     <w:rsid w:val="00EF5F54"/>
     <w:rsid w:val="00F04778"/>
     <w:rsid w:val="00F11179"/>
     <w:rsid w:val="00F17147"/>
     <w:rsid w:val="00F341B9"/>
     <w:rsid w:val="00F36B11"/>
     <w:rsid w:val="00F4062D"/>
     <w:rsid w:val="00F506F1"/>
     <w:rsid w:val="00F54B0E"/>
+    <w:rsid w:val="00F74457"/>
     <w:rsid w:val="00F767F3"/>
     <w:rsid w:val="00F83472"/>
-    <w:rsid w:val="00F8630C"/>
     <w:rsid w:val="00F869EB"/>
     <w:rsid w:val="00F925CE"/>
     <w:rsid w:val="00FA04A3"/>
+    <w:rsid w:val="00FA2E46"/>
     <w:rsid w:val="00FA5CDC"/>
     <w:rsid w:val="00FC7FA6"/>
     <w:rsid w:val="00FD5FFC"/>
     <w:rsid w:val="00FF4DF0"/>
     <w:rsid w:val="00FF748D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="71B16248"/>
+  <w14:docId w14:val="75E155FB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{524FA17D-3EC1-4148-B093-A7C30C483A95}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3849,50 +2435,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -3938,51 +2525,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00395EA1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00395EA1"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="157692798">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -4233,70 +2820,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>328</Words>
-  <Characters>1870</Characters>
+  <Words>212</Words>
+  <Characters>1355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2194</CharactersWithSpaces>
+  <CharactersWithSpaces>1544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jordan, Donya</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>